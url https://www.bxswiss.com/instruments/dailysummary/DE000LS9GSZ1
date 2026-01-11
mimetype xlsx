--- v0 (2025-11-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc417360ba27949db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8c67c6da6814676" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76aca97750a64fa0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9df15a4624254107"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra69de773ba274dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76aca97750a64fa0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R379d50913bf94afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9df15a4624254107" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Picks reloaded</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>131,958</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>