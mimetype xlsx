--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8c67c6da6814676" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R234885ab095c47af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9df15a4624254107"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raba7bd9ea3c94c6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R379d50913bf94afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9df15a4624254107" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d719f4945a34a45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raba7bd9ea3c94c6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Picks reloaded</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>133,454</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,694</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>