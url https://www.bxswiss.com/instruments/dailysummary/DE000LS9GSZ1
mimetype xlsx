--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R234885ab095c47af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e6b5b6d52bc4a76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raba7bd9ea3c94c6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff9d6dedc6ec4c76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d719f4945a34a45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raba7bd9ea3c94c6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89a57979fbeb4485" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff9d6dedc6ec4c76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Picks reloaded</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>132,680</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,070</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>130,049</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,648</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>133,694</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>