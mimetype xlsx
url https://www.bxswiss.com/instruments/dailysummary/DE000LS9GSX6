--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra58983c6fc874dd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf03fa902ea1841fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R049b832507f6466f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R807b7e0f95e741ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5e217af61d340e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R049b832507f6466f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d7f07d896154e26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R807b7e0f95e741ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trader-Cafe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>99,957</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,928</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>99,853</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>