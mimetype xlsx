--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf03fa902ea1841fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18262d6b622242f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R807b7e0f95e741ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87c6acf6ce914c0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d7f07d896154e26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R807b7e0f95e741ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R862923b7ce0d4b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87c6acf6ce914c0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trader-Cafe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,048</x:t>
-[...4 lines deleted...]
-          <x:t>99,748</x:t>
+          <x:t>100,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,853</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...342 lines deleted...]
-          <x:t>99,468</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,576</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>98,893</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>