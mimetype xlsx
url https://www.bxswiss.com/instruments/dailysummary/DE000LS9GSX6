--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18262d6b622242f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree71d0a5ce244d45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87c6acf6ce914c0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3871002bfb8a4ef7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R862923b7ce0d4b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87c6acf6ce914c0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra89538d38f5642be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3871002bfb8a4ef7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trader-Cafe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>99,606</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,474</x:t>
-[...502 lines deleted...]
-          <x:t>99,576</x:t>
+          <x:t>99,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,489</x:t>
+          <x:t>99,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>