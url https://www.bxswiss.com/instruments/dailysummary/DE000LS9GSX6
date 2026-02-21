--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree71d0a5ce244d45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re099095aa8504091" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3871002bfb8a4ef7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03c9768a8c2d48ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra89538d38f5642be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3871002bfb8a4ef7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba48e2154162433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03c9768a8c2d48ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trader-Cafe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>99,459</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,337</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>