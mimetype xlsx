--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57b9e924ca9b4fda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3101f06b22a44f27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fecb6d8e3754d6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R525e17adaa604562"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re27b559be0c84468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fecb6d8e3754d6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3342fa3b7649452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R525e17adaa604562" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai BRIC and S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,929</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>