--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3101f06b22a44f27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72b5249e02ef48b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R525e17adaa604562"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re688f00a776a4738"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3342fa3b7649452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R525e17adaa604562" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0af642ead2c4c92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re688f00a776a4738" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai BRIC and S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>183,929</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>