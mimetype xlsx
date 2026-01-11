--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72b5249e02ef48b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6cdddf6a684485d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re688f00a776a4738"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4465336555664d63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0af642ead2c4c92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re688f00a776a4738" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f2c649d8bcc4d8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4465336555664d63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai BRIC and S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,859</x:t>
@@ -764,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>