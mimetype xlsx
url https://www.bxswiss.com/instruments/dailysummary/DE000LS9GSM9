--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6cdddf6a684485d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fa2fab33cc444f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4465336555664d63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67e9f72e8ae04f11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f2c649d8bcc4d8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4465336555664d63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02eab67d0d7b48f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67e9f72e8ae04f11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai BRIC and S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>176,059</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>