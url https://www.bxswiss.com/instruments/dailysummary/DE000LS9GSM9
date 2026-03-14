--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fa2fab33cc444f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4edc8416e4644a72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67e9f72e8ae04f11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc94353d952e144a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02eab67d0d7b48f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67e9f72e8ae04f11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3170a1ca9cb4a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc94353d952e144a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai BRIC and S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,408 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...356 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,623</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,952</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>