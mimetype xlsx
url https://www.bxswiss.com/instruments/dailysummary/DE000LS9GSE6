--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a07f4d93fc1492f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R242fcbd2db254c76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R820f214de0b2431d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a4edcaeb4434aa8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9184a34fb6194efe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R820f214de0b2431d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re19fbd9bc0914610" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a4edcaeb4434aa8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small dogs - USA dividend 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,642</x:t>
-[...151 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>123,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,998</x:t>
-[...333 lines deleted...]
-          <x:t>125,025</x:t>
+          <x:t>123,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,439</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>