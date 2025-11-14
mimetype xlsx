--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R242fcbd2db254c76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref371c57dbf94ebe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a4edcaeb4434aa8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R069523f7130c49de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re19fbd9bc0914610" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a4edcaeb4434aa8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37643ecb0963489b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R069523f7130c49de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small dogs - USA dividend 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,149</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>