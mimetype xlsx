--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref371c57dbf94ebe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fcd0d6239f747f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R069523f7130c49de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb65bac657bf345fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37643ecb0963489b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R069523f7130c49de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8a414b6db2c448f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb65bac657bf345fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small dogs - USA dividend 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>132,149</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>