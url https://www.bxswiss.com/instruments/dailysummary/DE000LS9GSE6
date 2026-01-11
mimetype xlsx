--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fcd0d6239f747f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d2c78b4bf9b4333" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb65bac657bf345fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca2bc1244fa54f0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8a414b6db2c448f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb65bac657bf345fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cea4d39ed934816" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca2bc1244fa54f0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small dogs - USA dividend 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,177</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>