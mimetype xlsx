--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d2c78b4bf9b4333" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ede1d2443214882" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca2bc1244fa54f0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R266dafeea6364846"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cea4d39ed934816" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca2bc1244fa54f0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc99843eb40674bcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R266dafeea6364846" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small dogs - USA dividend 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>131,741</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>