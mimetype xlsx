--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ede1d2443214882" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e11f057190444dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R266dafeea6364846"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c3ec0ad23da42be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc99843eb40674bcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R266dafeea6364846" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf0e508ed84a4620" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c3ec0ad23da42be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small dogs - USA dividend 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,739</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>