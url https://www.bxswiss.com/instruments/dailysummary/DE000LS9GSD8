--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e0ac3c1ce2346b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18c164a55a8148da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2f0be05fc68489d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1beee16a1be24c40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0392db640db4121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2f0be05fc68489d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbab1270a8c3d4b7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1beee16a1be24c40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAPITAL BLUE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>92,935</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,004</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>92,997</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,970</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>92,901</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>92,733</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,930</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>93,009</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>