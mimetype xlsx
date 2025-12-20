--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18c164a55a8148da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6d9da22586644da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1beee16a1be24c40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cf04e8b86ed4199"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbab1270a8c3d4b7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1beee16a1be24c40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ecaf47a515b49b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cf04e8b86ed4199" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAPITAL BLUE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,083</x:t>
-[...4 lines deleted...]
-          <x:t>92,804</x:t>
+          <x:t>93,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,901</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>92,007</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>