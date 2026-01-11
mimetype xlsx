--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6d9da22586644da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R379672080b2a48fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cf04e8b86ed4199"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45799d74551c48cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ecaf47a515b49b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cf04e8b86ed4199" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45676f53505b4ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45799d74551c48cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAPITAL BLUE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>92,761</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,533</x:t>
-        </x:is>
-[...408 lines deleted...]
-          <x:t>92,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>