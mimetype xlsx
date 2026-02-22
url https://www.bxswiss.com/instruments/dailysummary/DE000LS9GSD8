--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R379672080b2a48fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra75fadca07d44f6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45799d74551c48cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a4212ce35624564"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45676f53505b4ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45799d74551c48cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf95246c7502489c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a4212ce35624564" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAPITAL BLUE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>92,533</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>