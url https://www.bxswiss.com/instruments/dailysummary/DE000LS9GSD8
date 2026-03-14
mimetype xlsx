--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra75fadca07d44f6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7066d7688bad4a2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a4212ce35624564"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1094486045784c92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf95246c7502489c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a4212ce35624564" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2667669808d4a3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1094486045784c92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAPITAL BLUE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,446</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>