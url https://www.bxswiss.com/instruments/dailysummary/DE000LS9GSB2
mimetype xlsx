--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ee22c990f214fc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43d7b33b15e64396" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10b0ecb45f1944bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6360c06410354e90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbba7986461a145cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10b0ecb45f1944bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ff647745e09408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6360c06410354e90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende et Impera I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,134</x:t>
-[...468 lines deleted...]
-          <x:t>99,566</x:t>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>