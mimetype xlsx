--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43d7b33b15e64396" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88ef559485804929" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6360c06410354e90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red7da16b9e7e45a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ff647745e09408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6360c06410354e90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7aca1f8a84048ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red7da16b9e7e45a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende et Impera I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...225 lines deleted...]
-          <x:t>100,316</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,154</x:t>
-[...37 lines deleted...]
-        <x:is>
           <x:t>100,443</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...212 lines deleted...]
-          <x:t>100,881</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,964</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>98,760</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,317</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>