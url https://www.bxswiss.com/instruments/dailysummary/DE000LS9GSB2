--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88ef559485804929" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bafe5eb589447e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red7da16b9e7e45a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra995fd94529f42fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7aca1f8a84048ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red7da16b9e7e45a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c6210f338344417" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra995fd94529f42fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende et Impera I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>