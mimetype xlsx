--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bafe5eb589447e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc78bbf9ed9284fde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra995fd94529f42fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48d8fa2b1c7d46c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c6210f338344417" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra995fd94529f42fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref45e5f3de624022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48d8fa2b1c7d46c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende et Impera I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>101,899</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,642</x:t>
-[...38 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>101,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,625</x:t>
-[...286 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>101,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,808</x:t>
-[...9 lines deleted...]
-          <x:t>102,760</x:t>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>