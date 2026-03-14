--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc78bbf9ed9284fde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5274223dfd74217" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48d8fa2b1c7d46c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a4066ac06cd49a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref45e5f3de624022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48d8fa2b1c7d46c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2484812c06dc4d31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a4066ac06cd49a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende et Impera I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,687</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,654</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>