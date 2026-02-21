--- v0 (2026-01-09)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f84325483ae4d0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd309567a88e846fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b9c6dacd3b14343"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98d724adfc0a49c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ed4b6de0bba4c8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b9c6dacd3b14343" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc26523b93272445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98d724adfc0a49c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>A wie Aschenputtel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>329,238</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>