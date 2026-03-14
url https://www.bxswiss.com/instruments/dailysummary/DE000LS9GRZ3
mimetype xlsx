--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd309567a88e846fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R480bcb7116214bc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98d724adfc0a49c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf19b33a42de64c89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc26523b93272445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98d724adfc0a49c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa84b7b0e64e4b0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf19b33a42de64c89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>A wie Aschenputtel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,869</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>