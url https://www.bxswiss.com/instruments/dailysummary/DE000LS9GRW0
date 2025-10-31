--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd929276b501d4302" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2045ea6e8904cf1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1996f6ac7c804c4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ee1ef3d0e1746c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7c7dad37d7249cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1996f6ac7c804c4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79974732809f4f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ee1ef3d0e1746c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>48,349</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,254</x:t>
-[...598 lines deleted...]
-          <x:t>47,936</x:t>
+          <x:t>48,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,642</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>