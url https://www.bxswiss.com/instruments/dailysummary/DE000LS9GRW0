--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2045ea6e8904cf1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ffb6aedee7c4753" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ee1ef3d0e1746c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0438cceb3af24de3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79974732809f4f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ee1ef3d0e1746c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15c15a0b14cd40e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0438cceb3af24de3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>47,975</x:t>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,866</x:t>
-[...11 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>48,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,008</x:t>
-        </x:is>
-[...445 lines deleted...]
-          <x:t>48,642</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>