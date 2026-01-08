--- v2 (2025-11-21)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ffb6aedee7c4753" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dcba8daaa8a4ca2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0438cceb3af24de3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc094361e05b74d83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15c15a0b14cd40e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0438cceb3af24de3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d24825a0f1e4b20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc094361e05b74d83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>48,008</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>