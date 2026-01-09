--- v3 (2026-01-08)
+++ v4 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dcba8daaa8a4ca2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc0c323785347b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc094361e05b74d83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R537fac7201fa43b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d24825a0f1e4b20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc094361e05b74d83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd087c029226145a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R537fac7201fa43b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,174</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>