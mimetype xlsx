--- v4 (2026-01-09)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc0c323785347b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21a03163fff14863" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R537fac7201fa43b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re058fcc7b5dd461e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd087c029226145a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R537fac7201fa43b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R125dc52730d84ab8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re058fcc7b5dd461e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>49,058</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,503</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>10.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,405</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>49,403</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,364</x:t>
-[...215 lines deleted...]
-          <x:t>49,863</x:t>
+          <x:t>49,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>