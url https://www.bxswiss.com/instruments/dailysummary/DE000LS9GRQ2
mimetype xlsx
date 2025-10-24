--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7337f59d76294715" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f340a0a7abf4e85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R186304f260964cde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66374fc2e7ce4c6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6d7058575854b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R186304f260964cde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa304f362b284676" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66374fc2e7ce4c6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PERFORMA-M&amp;A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>131,315</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>129,090</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,992</x:t>
-[...409 lines deleted...]
-          <x:t>133,606</x:t>
+          <x:t>131,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,116</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>