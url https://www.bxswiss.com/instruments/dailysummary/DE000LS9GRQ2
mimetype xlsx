--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f340a0a7abf4e85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R468cd6fb06e94f49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66374fc2e7ce4c6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7beba5ea27374f97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa304f362b284676" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66374fc2e7ce4c6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcee3998fe08c4fde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7beba5ea27374f97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PERFORMA-M&amp;A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>130,053</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,397</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>132,116</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,433</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>