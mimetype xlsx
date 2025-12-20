--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R468cd6fb06e94f49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11f7cb4d25be45bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7beba5ea27374f97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd95f32a56936404d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcee3998fe08c4fde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7beba5ea27374f97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R867d645a8f694c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd95f32a56936404d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PERFORMA-M&amp;A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>132,433</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,848</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>