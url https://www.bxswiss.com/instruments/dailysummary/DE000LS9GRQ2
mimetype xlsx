--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11f7cb4d25be45bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R232637b3f9d4406a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd95f32a56936404d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ad3e9bc68454f76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R867d645a8f694c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd95f32a56936404d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d678c2b97b74a61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ad3e9bc68454f76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PERFORMA-M&amp;A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>132,003</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,321</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...489 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,106</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,193</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>