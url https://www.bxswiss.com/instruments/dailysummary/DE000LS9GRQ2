--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R232637b3f9d4406a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref967cac0be04218" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ad3e9bc68454f76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0085d7b058494930"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d678c2b97b74a61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ad3e9bc68454f76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8fe7a7da8de4aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0085d7b058494930" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PERFORMA-M&amp;A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>133,193</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>