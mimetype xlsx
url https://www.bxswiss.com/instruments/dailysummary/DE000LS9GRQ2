--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref967cac0be04218" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf724ce8bcbdf4c4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0085d7b058494930"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recca70eeb5314b3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8fe7a7da8de4aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0085d7b058494930" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R833771b3a26b4310" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recca70eeb5314b3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PERFORMA-M&amp;A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,101</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>