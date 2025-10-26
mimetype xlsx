--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39770a88e2564eec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc033c30318d14318" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47aec23d8d1a43b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad27b81170d7489b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15dc7ccce8c54e4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47aec23d8d1a43b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a6466a8b1c14e43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad27b81170d7489b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Influence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>