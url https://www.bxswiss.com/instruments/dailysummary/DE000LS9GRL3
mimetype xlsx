--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc033c30318d14318" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R693889c189b248be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad27b81170d7489b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75bc31bbe41b4b25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a6466a8b1c14e43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad27b81170d7489b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb488576fc8634b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75bc31bbe41b4b25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Influence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>275,405</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>