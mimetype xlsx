--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R693889c189b248be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fa0e109f8d8480e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75bc31bbe41b4b25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R379941cd326441a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb488576fc8634b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75bc31bbe41b4b25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30d8bdd9bec44f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R379941cd326441a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Influence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>