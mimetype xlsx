--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fa0e109f8d8480e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c523a6d886d4f8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R379941cd326441a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R437e0a81eb2e4313"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30d8bdd9bec44f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R379941cd326441a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3e7becfe6d04762" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R437e0a81eb2e4313" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Influence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>294,624</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>