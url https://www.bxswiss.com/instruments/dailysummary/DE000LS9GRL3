--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c523a6d886d4f8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf69676ed23574f58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R437e0a81eb2e4313"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcba79ede2ab94039"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3e7becfe6d04762" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R437e0a81eb2e4313" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25e36ff43f7a441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcba79ede2ab94039" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Influence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,450</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>