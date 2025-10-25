--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91dc816bec364fb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra602e8bf953c4791" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85d46732fa8a4250"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra060d6bc3a5d43be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e3ab683cc484f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85d46732fa8a4250" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1375ada9cd44085" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra060d6bc3a5d43be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Immobilien+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>84,055</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,942</x:t>
-[...65 lines deleted...]
-          <x:t>84,845</x:t>
+          <x:t>83,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,795</x:t>
-[...463 lines deleted...]
-          <x:t>83,425</x:t>
+          <x:t>83,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>