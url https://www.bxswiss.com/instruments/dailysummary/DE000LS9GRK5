--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra602e8bf953c4791" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree1b17c6f627419b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra060d6bc3a5d43be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c95c42e7def44e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1375ada9cd44085" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra060d6bc3a5d43be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4317a073d02e4be2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c95c42e7def44e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Immobilien+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>84,054</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,717</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>