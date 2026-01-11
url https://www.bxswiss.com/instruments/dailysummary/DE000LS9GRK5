--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree1b17c6f627419b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06ad558f868049c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c95c42e7def44e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43cf35f69f664706"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4317a073d02e4be2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c95c42e7def44e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R696c66baa7a143c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43cf35f69f664706" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Immobilien+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>78,391</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,663</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>75,717</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>