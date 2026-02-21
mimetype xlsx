--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06ad558f868049c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f07d269d6ad41b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43cf35f69f664706"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd98f7cf2179f4e41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R696c66baa7a143c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43cf35f69f664706" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3175cdfef10f48ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd98f7cf2179f4e41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Immobilien+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...21 lines deleted...]
-          <x:t>75,094</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...397 lines deleted...]
-          <x:t>78,645</x:t>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,488</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>