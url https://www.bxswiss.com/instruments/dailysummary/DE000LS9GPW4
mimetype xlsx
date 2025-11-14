--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R532be3a6352345eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7e6b58ea6794052" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9dfbab59ccb45c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40caaf64aff14ddd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf92bbdf91ec3429b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9dfbab59ccb45c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85dcd34f2cd9410b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40caaf64aff14ddd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Perfomancemanufaktur</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,097</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,967</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>