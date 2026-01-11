--- v1 (2025-11-14)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7e6b58ea6794052" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafad2d27c71242c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40caaf64aff14ddd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8cd8f0374b3436b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85dcd34f2cd9410b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40caaf64aff14ddd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0a1b0436e894bd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8cd8f0374b3436b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Perfomancemanufaktur</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>152,967</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>