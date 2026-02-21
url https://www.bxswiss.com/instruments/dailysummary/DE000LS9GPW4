--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafad2d27c71242c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd27e4fc5f274000" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8cd8f0374b3436b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R724cb50415d442e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0a1b0436e894bd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8cd8f0374b3436b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ffb5fae00f4439b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R724cb50415d442e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Perfomancemanufaktur</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>166,432</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,526</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>