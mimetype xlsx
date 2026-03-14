--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd27e4fc5f274000" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb4fe44d7005449e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R724cb50415d442e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R879e7362d2144fea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ffb5fae00f4439b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R724cb50415d442e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15847ed2bc354476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R879e7362d2144fea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Perfomancemanufaktur</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,273</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>