--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R029d0ad8bc29450a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76e8b49fc1284057" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R836cb7710b40499c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cc50758856f4476"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f41f6cba5914150" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R836cb7710b40499c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69cb13f6ac214594" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cc50758856f4476" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Burkart-Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,977</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>