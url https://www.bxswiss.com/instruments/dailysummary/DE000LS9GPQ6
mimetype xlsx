--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76e8b49fc1284057" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0087074043dc43f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cc50758856f4476"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38f5d88f493d4997"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69cb13f6ac214594" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cc50758856f4476" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7262e2cea4014ce4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38f5d88f493d4997" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Burkart-Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>283,496</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>283,159</x:t>
-[...354 lines deleted...]
-        <x:is>
           <x:t>288,812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,489</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>