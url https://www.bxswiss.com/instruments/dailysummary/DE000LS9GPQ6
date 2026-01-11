--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0087074043dc43f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd21e29524b84416c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38f5d88f493d4997"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3491721751f44c66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7262e2cea4014ce4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38f5d88f493d4997" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbb2070cdfab4a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3491721751f44c66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Burkart-Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>297,009</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>