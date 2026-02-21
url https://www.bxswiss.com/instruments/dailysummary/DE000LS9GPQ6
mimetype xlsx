--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd21e29524b84416c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46507066949e4f3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3491721751f44c66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce72f70097354cef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbb2070cdfab4a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3491721751f44c66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23390948541b461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce72f70097354cef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Burkart-Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>326,489</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>