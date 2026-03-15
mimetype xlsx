--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46507066949e4f3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58894e1fc4cc4b03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce72f70097354cef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R080bf4bdba42419b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23390948541b461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce72f70097354cef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58f6c59760254c53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R080bf4bdba42419b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Burkart-Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,724</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>