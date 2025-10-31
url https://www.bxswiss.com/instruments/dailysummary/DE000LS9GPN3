--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcacfdf3810d347ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7b6735797e84a29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R045ba52d7e2543bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fead4fc5b60446e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f0dab01da064c5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R045ba52d7e2543bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58008e1d3fa6422b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fead4fc5b60446e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>OneShot</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,262</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>