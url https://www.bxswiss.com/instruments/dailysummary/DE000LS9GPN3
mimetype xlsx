--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7b6735797e84a29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e955adbd6f24e08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fead4fc5b60446e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7bcdbab2747499b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58008e1d3fa6422b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fead4fc5b60446e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfebe1f82e2ed4e01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7bcdbab2747499b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>OneShot</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>