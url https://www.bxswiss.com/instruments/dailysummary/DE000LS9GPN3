--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e955adbd6f24e08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b2537c12ecf4603" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7bcdbab2747499b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7e32df7e51b4b13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfebe1f82e2ed4e01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7bcdbab2747499b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7f0d20c921b48c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7e32df7e51b4b13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>OneShot</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,652</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>