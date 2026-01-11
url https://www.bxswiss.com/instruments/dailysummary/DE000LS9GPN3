--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b2537c12ecf4603" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red2196bd25804eba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7e32df7e51b4b13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R143b6634c4a04d3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7f0d20c921b48c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7e32df7e51b4b13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4080f60aa9104c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R143b6634c4a04d3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>OneShot</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,826</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>375,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>