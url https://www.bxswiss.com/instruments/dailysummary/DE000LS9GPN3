--- v4 (2026-01-11)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red2196bd25804eba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55e9fd3904a04627" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R143b6634c4a04d3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra18b0f2326034f9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4080f60aa9104c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R143b6634c4a04d3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36225c2c62964a81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra18b0f2326034f9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>OneShot</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>380,333</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,692</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>