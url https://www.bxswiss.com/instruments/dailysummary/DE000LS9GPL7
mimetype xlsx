--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R936b04f4226f4f0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0744f88619a24db4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0c74e99a89f47ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15fb4be97414468d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf73bd211457448cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0c74e99a89f47ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1b0295e4a4e4ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15fb4be97414468d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investoren-Cafe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,272</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>