--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0744f88619a24db4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73080ef87d7742d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15fb4be97414468d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62d7800a4dce4312"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1b0295e4a4e4ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15fb4be97414468d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra58c059e07544144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62d7800a4dce4312" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investoren-Cafe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,485</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,991</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>