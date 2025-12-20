--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73080ef87d7742d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd6dce4952654a07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62d7800a4dce4312"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb514829da385419b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra58c059e07544144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62d7800a4dce4312" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb00da6186de54f3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb514829da385419b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investoren-Cafe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,328</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,682</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>