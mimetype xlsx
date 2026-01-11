--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd6dce4952654a07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a49087b84d24bbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb514829da385419b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03d4eb03079f4788"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb00da6186de54f3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb514829da385419b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce3f9f1704084c1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03d4eb03079f4788" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investoren-Cafe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,639</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>