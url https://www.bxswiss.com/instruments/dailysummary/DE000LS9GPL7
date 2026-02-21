--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a49087b84d24bbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc50db2a4577c4ec5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03d4eb03079f4788"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97599deac3b4484d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce3f9f1704084c1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03d4eb03079f4788" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbca0cde78a434d9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97599deac3b4484d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investoren-Cafe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>260,639</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>