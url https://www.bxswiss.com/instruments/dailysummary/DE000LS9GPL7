--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc50db2a4577c4ec5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49b9eecdb7e54ff2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97599deac3b4484d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R431adfd513b946bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbca0cde78a434d9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97599deac3b4484d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf971b6323dce4064" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R431adfd513b946bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investoren-Cafe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,381</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>