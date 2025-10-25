--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7035615fe0364a5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R765a4b259ac34a8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4a5a45d408345d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d56c5d43d2e48b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb55341b45aa74d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4a5a45d408345d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R334e55308a6d413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d56c5d43d2e48b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ONE HUNDRED</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,157</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>