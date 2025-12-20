--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R765a4b259ac34a8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7e6382b94614a9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d56c5d43d2e48b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9087b35addf4095"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R334e55308a6d413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d56c5d43d2e48b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc517417c696a4afd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9087b35addf4095" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ONE HUNDRED</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...603 lines deleted...]
-          <x:t>248,157</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,854</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>249,774</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>