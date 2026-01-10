--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7e6382b94614a9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc17d0ea623b94ac3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9087b35addf4095"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81f38c6cac5f49b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc517417c696a4afd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9087b35addf4095" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ae8b523facd487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81f38c6cac5f49b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ONE HUNDRED</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,207</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,068</x:t>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,649</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>