--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc17d0ea623b94ac3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re934343633be4b8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81f38c6cac5f49b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R290bac81ed9f4f68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ae8b523facd487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81f38c6cac5f49b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f58635d134d424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R290bac81ed9f4f68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ONE HUNDRED</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>256,649</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>