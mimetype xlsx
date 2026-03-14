--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re934343633be4b8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29293de2c85f4c2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R290bac81ed9f4f68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7627d8efa0984747"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f58635d134d424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R290bac81ed9f4f68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4664a404ef6543d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7627d8efa0984747" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ONE HUNDRED</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,856</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>