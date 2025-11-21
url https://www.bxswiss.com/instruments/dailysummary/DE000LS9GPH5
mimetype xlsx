--- v0 (2025-11-01)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2f17b97e644495e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f77209203294dc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2fcfcaff44445da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0162e01e85e84efb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7de306d11b4648eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2fcfcaff44445da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R786dd07953e24065" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0162e01e85e84efb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AR-Relative Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,262 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>621,056</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>625,809</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...278 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>624,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>626,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>622,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>623,750</x:t>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>623,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>624,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>618,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>619,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,032</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>