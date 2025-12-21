--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f77209203294dc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R939ca929b8c54e33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0162e01e85e84efb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6523f9e650f445e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R786dd07953e24065" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0162e01e85e84efb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cf60130f3154ecc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6523f9e650f445e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AR-Relative Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>583,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>593,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>581,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>587,649</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>594,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>598,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>589,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>593,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>