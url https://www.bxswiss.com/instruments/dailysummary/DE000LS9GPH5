--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R939ca929b8c54e33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb193d8bccda4d3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6523f9e650f445e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8c53d4aa2e94542"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cf60130f3154ecc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6523f9e650f445e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40a70452e6354c2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8c53d4aa2e94542" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AR-Relative Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>623,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>626,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>623,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>626,071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>619,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>623,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>617,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>621,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>