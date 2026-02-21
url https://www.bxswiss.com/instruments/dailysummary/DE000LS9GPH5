--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb193d8bccda4d3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5410e5e7014542cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8c53d4aa2e94542"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d1eefc533c44e12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40a70452e6354c2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8c53d4aa2e94542" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e43eb5a8cbd42a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d1eefc533c44e12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AR-Relative Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>672,808</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>729,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,517</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>