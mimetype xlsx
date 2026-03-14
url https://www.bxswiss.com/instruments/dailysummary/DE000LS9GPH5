--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5410e5e7014542cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3dedf3bf91a4b01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d1eefc533c44e12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re72dd39eb7584ac8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e43eb5a8cbd42a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d1eefc533c44e12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R762c166645f844e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re72dd39eb7584ac8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AR-Relative Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>719,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>724,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>710,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>715,486</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>711,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>713,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>706,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>708,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>729,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>729,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>