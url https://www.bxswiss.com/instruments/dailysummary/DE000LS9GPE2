--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ab412a09c3f4639" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceca00ed974a47e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75fd902c172941f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a902ca2c13e46c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89a4338290c84e8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75fd902c172941f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03a88e0e9a794641" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a902ca2c13e46c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai China Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,125</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,806</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>