--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceca00ed974a47e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa9971461e87451a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a902ca2c13e46c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63a454b1f6574d95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03a88e0e9a794641" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a902ca2c13e46c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46a3d73291b04967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63a454b1f6574d95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai China Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>187,806</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,351</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>