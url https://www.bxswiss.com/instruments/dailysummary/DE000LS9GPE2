--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa9971461e87451a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab5fbe83a3ac4163" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63a454b1f6574d95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdad186bf31d2482d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46a3d73291b04967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63a454b1f6574d95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcd7b684ab974021" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdad186bf31d2482d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai China Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,569</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,151</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>