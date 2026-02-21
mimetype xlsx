--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab5fbe83a3ac4163" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37660d7199c846cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdad186bf31d2482d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae30c0439f0f42d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcd7b684ab974021" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdad186bf31d2482d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b0753c2dc3a4a91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae30c0439f0f42d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai China Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>181,151</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>