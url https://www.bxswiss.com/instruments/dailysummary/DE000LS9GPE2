--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37660d7199c846cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd33712b31b284151" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae30c0439f0f42d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba2f7e422b2c4f15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b0753c2dc3a4a91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae30c0439f0f42d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cc8a232f7f54b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba2f7e422b2c4f15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai China Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,363</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>