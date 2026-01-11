--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07dc240585b04a51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf489010a9f99435c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R561afd9a108a41cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6d52972fa084430"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e04e2d0b10a4ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R561afd9a108a41cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11737c4170284492" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6d52972fa084430" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Picks World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>57,310</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,841</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>