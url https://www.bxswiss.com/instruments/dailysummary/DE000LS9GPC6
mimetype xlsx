--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf489010a9f99435c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R184e618e04204652" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6d52972fa084430"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffd62e8bc1914453"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11737c4170284492" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6d52972fa084430" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2864532c41004ad8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffd62e8bc1914453" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Picks World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>53,841</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,824</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>