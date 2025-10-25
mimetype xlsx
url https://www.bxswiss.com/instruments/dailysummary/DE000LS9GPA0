--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b79c3cd4b8d4029" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79455786e8904958" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf7b1516c8e74b79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0684a92d2b824267"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d3091790e584d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf7b1516c8e74b79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90015bd98d234da8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0684a92d2b824267" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AS World High Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,545</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,482</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>