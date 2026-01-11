--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79455786e8904958" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1f6a0e47a154d16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0684a92d2b824267"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaff793ad32d4d3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90015bd98d234da8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0684a92d2b824267" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re749e35f631949c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaff793ad32d4d3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AS World High Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...608 lines deleted...]
-          <x:t>222,649</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,984</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>223,482</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,982</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>