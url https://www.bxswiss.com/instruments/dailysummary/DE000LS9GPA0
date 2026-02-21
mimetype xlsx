--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1f6a0e47a154d16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4d53ef5ce3146f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaff793ad32d4d3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra02f9b60b33542d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re749e35f631949c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaff793ad32d4d3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b4dc1f307ee4056" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra02f9b60b33542d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AS World High Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>229,982</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>