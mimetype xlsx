--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4d53ef5ce3146f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R848ebe4c13fc407f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra02f9b60b33542d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68ab658f6273498e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b4dc1f307ee4056" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra02f9b60b33542d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30966b5e16164247" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68ab658f6273498e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AS World High Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,361</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,502</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>