--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05faa6c172ba4580" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R432d2f712bda4169" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R001b30e79a164883"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40ce59e6ac224a2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd57b58848af489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R001b30e79a164883" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12ce81e42d584312" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40ce59e6ac224a2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Old Tjikko</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>128,203</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,937</x:t>
-[...328 lines deleted...]
-          <x:t>131,979</x:t>
+          <x:t>129,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,132</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>