--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R432d2f712bda4169" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R321ccf3cc51040f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40ce59e6ac224a2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R394bafe6fb5c4596"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12ce81e42d584312" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40ce59e6ac224a2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e3071509cde4f2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R394bafe6fb5c4596" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Old Tjikko</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>