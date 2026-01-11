--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R321ccf3cc51040f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8508f0d22c474634" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R394bafe6fb5c4596"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2eb9b639e51413a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e3071509cde4f2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R394bafe6fb5c4596" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87ff6482a0b241ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2eb9b639e51413a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Old Tjikko</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>125,989</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>