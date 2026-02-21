--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8508f0d22c474634" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fba320ec335481e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2eb9b639e51413a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04fb8aeb77fd4db4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87ff6482a0b241ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2eb9b639e51413a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d4c39db61314c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04fb8aeb77fd4db4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Old Tjikko</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>140,375</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>