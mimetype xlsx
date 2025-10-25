--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5bac799c7cc42ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d67785f0d074ca4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cbfdbf4da6e47c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc41c124039b84f21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fa4ee29cb07483d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cbfdbf4da6e47c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a329234d8cd45ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc41c124039b84f21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Markenaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>