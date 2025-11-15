--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d67785f0d074ca4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92a4c6b9b58e43bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc41c124039b84f21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5075b71fb8c848dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a329234d8cd45ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc41c124039b84f21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R099bf3f8dac5408e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5075b71fb8c848dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Markenaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>170,553</x:t>
-[...522 lines deleted...]
-          <x:t>173,975</x:t>
+          <x:t>168,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,411</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>