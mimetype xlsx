--- v2 (2025-11-15)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92a4c6b9b58e43bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1967542c88e24123" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5075b71fb8c848dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c057148cb5540ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R099bf3f8dac5408e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5075b71fb8c848dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7c11cb463a34755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c057148cb5540ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Markenaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>168,411</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>