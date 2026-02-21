--- v3 (2026-01-07)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1967542c88e24123" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e1b1d64761b476c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c057148cb5540ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4f9a90599bc45df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7c11cb463a34755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c057148cb5540ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb80137fe127d4ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4f9a90599bc45df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Markenaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>172,699</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>