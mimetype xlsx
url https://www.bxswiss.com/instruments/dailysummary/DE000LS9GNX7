--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e1b1d64761b476c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cf5694dceb84048" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4f9a90599bc45df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra56d4bc680944ab1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb80137fe127d4ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4f9a90599bc45df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9c3c74229c34590" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra56d4bc680944ab1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Markenaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,598 +149,220 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...176 lines deleted...]
-          <x:t>165,938</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,157</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...361 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,579</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,691</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>