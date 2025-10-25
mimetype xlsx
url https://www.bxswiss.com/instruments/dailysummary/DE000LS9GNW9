--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cb402ae6aaa4f95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1280dd6a04f2493f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra08ccdf444e04487"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94915a18bfc3444b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cc9efd498cb43e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra08ccdf444e04487" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7890b9d4cc024dcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94915a18bfc3444b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Skyscraper-Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,783</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>