--- v1 (2025-10-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1280dd6a04f2493f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4529777af664b5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94915a18bfc3444b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c0e98d655944796"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7890b9d4cc024dcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94915a18bfc3444b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82f5e4d541a34ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c0e98d655944796" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Skyscraper-Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...554 lines deleted...]
-          <x:t>104,016</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,567</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>105,827</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>