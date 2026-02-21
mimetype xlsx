--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4529777af664b5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R706d863ea7a243b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c0e98d655944796"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9eb9cdd22cf84ab0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82f5e4d541a34ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c0e98d655944796" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R171f97a5a6444950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9eb9cdd22cf84ab0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Skyscraper-Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>113,948</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,197</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>