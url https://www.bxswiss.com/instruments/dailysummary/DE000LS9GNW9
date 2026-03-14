--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R706d863ea7a243b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3385cff0f30e4de6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9eb9cdd22cf84ab0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11fecf5cb75b4ffd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R171f97a5a6444950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9eb9cdd22cf84ab0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2d3f24c2d6144e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11fecf5cb75b4ffd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Skyscraper-Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>121,988</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,499</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...462 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,496</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>