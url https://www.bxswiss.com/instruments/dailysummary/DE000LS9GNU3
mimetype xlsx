--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51e4d46f0268494f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc58e4f36094304" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R052e66d208494255"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc103232d24da44f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9aa61031d9b4eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R052e66d208494255" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfc1a8aaa0324f3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc103232d24da44f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Trading by eclectic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>115,025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>