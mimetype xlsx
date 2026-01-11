--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc58e4f36094304" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R256d3229ac9f43df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc103232d24da44f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15666316b0f94a4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfc1a8aaa0324f3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc103232d24da44f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R052975afa8bc40e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15666316b0f94a4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Trading by eclectic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>121,228</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,106</x:t>
-[...377 lines deleted...]
-          <x:t>120,853</x:t>
+          <x:t>119,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>