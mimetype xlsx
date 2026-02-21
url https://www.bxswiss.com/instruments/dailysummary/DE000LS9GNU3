--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R256d3229ac9f43df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f4f3593143c4235" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15666316b0f94a4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58c52385d7204d83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R052975afa8bc40e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15666316b0f94a4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9e4fc4ea5944a2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58c52385d7204d83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Trading by eclectic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,232</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>120,702</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>