--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f4f3593143c4235" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b35ec04e8be4410" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58c52385d7204d83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f046306c4384a52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9e4fc4ea5944a2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58c52385d7204d83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6491a6f74704447b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f046306c4384a52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Trading by eclectic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,943</x:t>
-[...576 lines deleted...]
-          <x:t>119,571</x:t>
+          <x:t>121,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,881</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>