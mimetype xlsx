--- v0 (2025-10-26)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd21a32d5a244b26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R818fe71b12034ff7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R728bf8430f3b40e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4935aaa1ea84620"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cda134b60d9423d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R728bf8430f3b40e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0277a316acc4281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4935aaa1ea84620" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kliniken und Seniorenresidenzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...419 lines deleted...]
-          <x:t>89,505</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,549</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...181 lines deleted...]
-          <x:t>90,012</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,717</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>