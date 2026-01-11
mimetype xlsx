--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R818fe71b12034ff7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63cd40c036b24428" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4935aaa1ea84620"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16aa995f74f5472a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0277a316acc4281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4935aaa1ea84620" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R223806c8702e430e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16aa995f74f5472a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kliniken und Seniorenresidenzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,549</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,126</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>