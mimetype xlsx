--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63cd40c036b24428" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R108d72389c7c4111" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16aa995f74f5472a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88a5668be77849af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R223806c8702e430e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16aa995f74f5472a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb3be202f9f44989" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88a5668be77849af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kliniken und Seniorenresidenzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>88,126</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>