--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R108d72389c7c4111" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bf1fa14450f4a54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88a5668be77849af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb180d4aad7fa457c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb3be202f9f44989" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88a5668be77849af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24967140096141ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb180d4aad7fa457c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kliniken und Seniorenresidenzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,591</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>