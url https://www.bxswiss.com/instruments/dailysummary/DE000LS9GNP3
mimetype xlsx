--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b71e8d2b94e4f1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b4cbd4dfc9b4eda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6e4eb44c0624db5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d3c22ab316c4268"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31437b47744440c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6e4eb44c0624db5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dc2326e07ae4570" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d3c22ab316c4268" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SBR Global Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>116,436</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,585</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>119,283</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>