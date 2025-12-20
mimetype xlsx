--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b4cbd4dfc9b4eda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9329e028e2b478b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d3c22ab316c4268"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc28d40d767cf4d08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dc2326e07ae4570" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d3c22ab316c4268" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbc113bec3bc43dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc28d40d767cf4d08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SBR Global Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>119,126</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,251</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>119,630</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>