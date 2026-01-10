--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9329e028e2b478b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc1c2ec0db8d47c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc28d40d767cf4d08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bebb9437ce64302"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbc113bec3bc43dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc28d40d767cf4d08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ddc9f8698b040e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bebb9437ce64302" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SBR Global Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>121,216</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,329</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>121,733</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,649</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>