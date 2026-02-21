--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc1c2ec0db8d47c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a4e27f3f78e4b90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bebb9437ce64302"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8420a58d4e064ea8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ddc9f8698b040e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bebb9437ce64302" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra468867cd9cc4137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8420a58d4e064ea8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SBR Global Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>123,649</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>