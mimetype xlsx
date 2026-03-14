--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a4e27f3f78e4b90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dcad36e7cd542d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8420a58d4e064ea8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ec649f1d2504969"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra468867cd9cc4137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8420a58d4e064ea8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7683fe4706654a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ec649f1d2504969" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SBR Global Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>123,909</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,926</x:t>
-[...114 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>122,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,691</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,063</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>