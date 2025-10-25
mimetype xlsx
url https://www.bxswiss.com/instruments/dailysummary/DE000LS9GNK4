--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebf441cdbe454eab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79b6093c003a42a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree776bbee55545d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96ddfbb0345a49fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7101938d13654c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree776bbee55545d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14717a2b959241bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96ddfbb0345a49fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spinoffs both sides</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,744</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,236</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>