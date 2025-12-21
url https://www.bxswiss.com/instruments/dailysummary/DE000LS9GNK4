--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79b6093c003a42a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5430f18e5b4438c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96ddfbb0345a49fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2be29c251d848c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14717a2b959241bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96ddfbb0345a49fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21a6fa42cad44fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2be29c251d848c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spinoffs both sides</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>179,366</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>178,240</x:t>
-[...301 lines deleted...]
-          <x:t>182,236</x:t>
+          <x:t>180,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,796</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>