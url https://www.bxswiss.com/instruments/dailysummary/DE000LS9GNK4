--- v2 (2025-12-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5430f18e5b4438c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55c6c3f18aa843f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2be29c251d848c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf12ef14ea4043b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21a6fa42cad44fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2be29c251d848c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d4cb74b5ea94748" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf12ef14ea4043b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spinoffs both sides</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>179,796</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>