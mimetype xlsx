--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55c6c3f18aa843f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17ef2be4a9ce4039" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf12ef14ea4043b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeed42a205444d33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d4cb74b5ea94748" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf12ef14ea4043b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cd43e9589474742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeed42a205444d33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spinoffs both sides</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,739</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>