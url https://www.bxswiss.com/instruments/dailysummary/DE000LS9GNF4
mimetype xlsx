--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R120df7343dbd4e0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00dff409ea404493" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45586c4f36ba4f49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R005f783113c44597"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20a1099c1ca3431c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45586c4f36ba4f49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f32c005a82942e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R005f783113c44597" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diagnostik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>101,609</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,850</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>104,752</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,856</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>