--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00dff409ea404493" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea8fc6b74d5d4efc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R005f783113c44597"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R633377b7df8d458c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f32c005a82942e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R005f783113c44597" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e959341a9bc474a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R633377b7df8d458c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diagnostik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>101,856</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>