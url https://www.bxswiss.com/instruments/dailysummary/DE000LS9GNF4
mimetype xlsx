--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea8fc6b74d5d4efc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R122722edf03a4ea1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R633377b7df8d458c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c723f954b8b4f84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e959341a9bc474a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R633377b7df8d458c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17f0aa088d8248a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c723f954b8b4f84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diagnostik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>108,450</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>