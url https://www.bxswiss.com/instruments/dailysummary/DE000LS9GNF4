--- v3 (2026-02-21)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R122722edf03a4ea1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R966e86c8f0fc4419" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c723f954b8b4f84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97388932342b4037"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17f0aa088d8248a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c723f954b8b4f84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25be41a9c1de481c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97388932342b4037" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diagnostik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>