--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58a488b3380c4de2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff4a0e35a8404679" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8451c8f1c56e4209"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea35e7cdfd664b70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red47bd6f44854cb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8451c8f1c56e4209" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbca0f2c2d9a44298" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea35e7cdfd664b70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Einfacher Ansatz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GND9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>