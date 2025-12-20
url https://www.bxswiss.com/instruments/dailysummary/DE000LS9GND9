--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff4a0e35a8404679" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ef0dcceeee14826" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea35e7cdfd664b70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f5e06f6a1b74748"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbca0f2c2d9a44298" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea35e7cdfd664b70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R895dd0bb0ac54cd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f5e06f6a1b74748" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Einfacher Ansatz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GND9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>149,690</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,548</x:t>
-[...512 lines deleted...]
-          <x:t>150,052</x:t>
+          <x:t>149,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>