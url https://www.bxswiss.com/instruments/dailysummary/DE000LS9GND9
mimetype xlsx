--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ef0dcceeee14826" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16331bc963834473" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f5e06f6a1b74748"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9362de4df16436d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R895dd0bb0ac54cd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f5e06f6a1b74748" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1ad92b09c694c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9362de4df16436d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Einfacher Ansatz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GND9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,384</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,739</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>