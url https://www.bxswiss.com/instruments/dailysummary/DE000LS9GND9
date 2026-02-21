--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16331bc963834473" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra909cc4af8024701" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9362de4df16436d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R281a5d9ac29d4cf4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1ad92b09c694c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9362de4df16436d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc9a954dd7d5459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R281a5d9ac29d4cf4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Einfacher Ansatz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GND9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>160,739</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>