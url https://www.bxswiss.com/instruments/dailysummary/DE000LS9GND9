--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra909cc4af8024701" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41098c8e2fbc4b94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R281a5d9ac29d4cf4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8340bfc062eb4e07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc9a954dd7d5459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R281a5d9ac29d4cf4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f9afda75669449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8340bfc062eb4e07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Einfacher Ansatz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GND9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,592</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>