--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b70ccd08fa1470e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d876643736c4020" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76a001e2bc0b4980"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R343ff599ffac4c11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf478f95ca4e84ca9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76a001e2bc0b4980" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3c3ee912cff4d80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R343ff599ffac4c11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PURAVIDA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>157,088</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,993</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>