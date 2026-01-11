--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d876643736c4020" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R025ea5b980e94ea2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R343ff599ffac4c11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d6bee428e764502"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3c3ee912cff4d80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R343ff599ffac4c11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60a1329775db43b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d6bee428e764502" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PURAVIDA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>163,654</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>163,139</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>164,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,277</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,875</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,902</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>