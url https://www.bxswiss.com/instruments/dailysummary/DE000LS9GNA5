--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R025ea5b980e94ea2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R318cd0e546be4447" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d6bee428e764502"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7f35b2dc2bb44d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60a1329775db43b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d6bee428e764502" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bdec22777234a22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7f35b2dc2bb44d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PURAVIDA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>163,779</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,798</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>165,902</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,866</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>