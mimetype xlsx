--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R318cd0e546be4447" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R672687b6fcfc4b80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7f35b2dc2bb44d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64dbd8984da14e59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bdec22777234a22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7f35b2dc2bb44d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ae344fe545a48c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64dbd8984da14e59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PURAVIDA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>164,918</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>164,434</x:t>
-[...490 lines deleted...]
-          <x:t>165,866</x:t>
+          <x:t>165,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>