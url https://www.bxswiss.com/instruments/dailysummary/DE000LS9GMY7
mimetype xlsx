--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcffa9eb48f44069" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc62e90e330024884" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re60c88207bd94eef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76c1c76312184c71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d88ea98c3794106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re60c88207bd94eef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6bfec4e4534485b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76c1c76312184c71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Income  ++</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>