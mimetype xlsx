--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc62e90e330024884" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf864b9582d1444b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76c1c76312184c71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref0444a67ad14110"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6bfec4e4534485b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76c1c76312184c71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb76a7d8c56ff484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref0444a67ad14110" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Income  ++</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>182,649</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>182,472</x:t>
-[...242 lines deleted...]
-          <x:t>181,087</x:t>
+          <x:t>181,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>