--- v2 (2025-11-15)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf864b9582d1444b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52bf6a76e2764356" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref0444a67ad14110"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R331b0d791b0d428a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb76a7d8c56ff484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref0444a67ad14110" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf43350facc404b9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R331b0d791b0d428a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Income  ++</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>176,589</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,681</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>