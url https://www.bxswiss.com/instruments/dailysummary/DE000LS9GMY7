--- v3 (2026-01-08)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52bf6a76e2764356" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5253841c190472f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R331b0d791b0d428a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05f32c149d4b43d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf43350facc404b9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R331b0d791b0d428a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6d7a5ecf9484d14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05f32c149d4b43d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Income  ++</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>186,681</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,159</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>