--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5253841c190472f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83e6fea35a4c401b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05f32c149d4b43d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4aec4e92a4074470"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6d7a5ecf9484d14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05f32c149d4b43d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bcf367618124e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4aec4e92a4074470" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Income  ++</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>