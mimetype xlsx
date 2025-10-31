--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55d84f7d941b4d12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcd567ead82a4fd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0141b8302b004be4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e23b652c8804e58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R830c7c91c78143dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0141b8302b004be4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1652f51c22e4dbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e23b652c8804e58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden plus Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,132</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>