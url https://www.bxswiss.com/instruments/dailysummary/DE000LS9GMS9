--- v1 (2025-10-31)
+++ v2 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcd567ead82a4fd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4961b7b21c6e4305" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e23b652c8804e58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf893731fad444675"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1652f51c22e4dbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e23b652c8804e58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76a42db9464048e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf893731fad444675" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden plus Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,087</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,038</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>