--- v2 (2025-11-20)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4961b7b21c6e4305" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10470494be4c4c25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf893731fad444675"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R045d18ff67974d82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76a42db9464048e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf893731fad444675" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdca5e2e09e5144da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R045d18ff67974d82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden plus Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>206,038</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,841</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>