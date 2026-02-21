--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10470494be4c4c25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3614309057e147e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R045d18ff67974d82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81643a11e210435a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdca5e2e09e5144da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R045d18ff67974d82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3865023c2749455f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81643a11e210435a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden plus Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>224,841</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,903</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>