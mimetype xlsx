--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3614309057e147e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a060a994a38466d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81643a11e210435a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9371f2da0e1b4ec4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3865023c2749455f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81643a11e210435a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70758260f55944d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9371f2da0e1b4ec4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden plus Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,378</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>