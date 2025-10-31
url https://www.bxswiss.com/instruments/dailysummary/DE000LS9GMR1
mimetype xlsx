--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd3e663eef7f4b09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bb6a6f4ae204d8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9495ad62a3dd4b2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7faa47dae1d04e18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54b74381a5cb43eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9495ad62a3dd4b2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R024a24eec9844862" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7faa47dae1d04e18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Echte Nebenwerte=&gt;Gute Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,253</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,779</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>