--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bb6a6f4ae204d8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6c4f64c4ed74d0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7faa47dae1d04e18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09a44ab708b94c8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R024a24eec9844862" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7faa47dae1d04e18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R667378256db74754" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09a44ab708b94c8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Echte Nebenwerte=&gt;Gute Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>141,779</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,863</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>