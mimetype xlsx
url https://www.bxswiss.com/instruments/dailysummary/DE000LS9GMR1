--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6c4f64c4ed74d0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb43b8a6560b3404b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09a44ab708b94c8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refc9d003824f4583"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R667378256db74754" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09a44ab708b94c8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5cd08a9f2424aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refc9d003824f4583" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Echte Nebenwerte=&gt;Gute Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>