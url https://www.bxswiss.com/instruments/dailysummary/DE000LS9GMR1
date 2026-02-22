--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb43b8a6560b3404b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb85bbbe713404123" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refc9d003824f4583"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21b354c1b6234f45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5cd08a9f2424aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refc9d003824f4583" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2d5ec596ce64805" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21b354c1b6234f45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Echte Nebenwerte=&gt;Gute Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>149,009</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>