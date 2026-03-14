--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb85bbbe713404123" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1de991d17c14c89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21b354c1b6234f45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbff7796bee7a4cd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2d5ec596ce64805" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21b354c1b6234f45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb100474a8b9947d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbff7796bee7a4cd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Echte Nebenwerte=&gt;Gute Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>