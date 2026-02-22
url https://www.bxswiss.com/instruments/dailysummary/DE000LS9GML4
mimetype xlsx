--- v0 (2026-01-09)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref7d54484c464d30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2da5d94069754dfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78519c679eef4919"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf26a9317c7214435"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94157b43bb104c9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78519c679eef4919" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a2b854a581747c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf26a9317c7214435" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SONDERSITUATION + UNTERBEWERTUNG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GML4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,491 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...21 lines deleted...]
-          <x:t>86,380</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,599</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>86,155</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,430</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>87,144</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>