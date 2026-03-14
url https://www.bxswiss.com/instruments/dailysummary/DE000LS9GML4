--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2da5d94069754dfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9918d34213974b8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf26a9317c7214435"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R901b783aeda34aa9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a2b854a581747c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf26a9317c7214435" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3697916f97104aba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R901b783aeda34aa9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SONDERSITUATION + UNTERBEWERTUNG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GML4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>85,973</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,999</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>88,097</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>