--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb12aeec04464520" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R826ec504015044e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76d644bb95de4aa9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5aea67881c894b2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf021c2ae53674ec9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76d644bb95de4aa9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1587c5702698403f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5aea67881c894b2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>200,506</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>