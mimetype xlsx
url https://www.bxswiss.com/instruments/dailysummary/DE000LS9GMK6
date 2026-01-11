--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R826ec504015044e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf047f2d418ae43c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5aea67881c894b2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0101d8120a64d31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1587c5702698403f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5aea67881c894b2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcfa8226b23b43a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0101d8120a64d31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>