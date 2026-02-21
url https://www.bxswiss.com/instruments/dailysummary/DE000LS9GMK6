--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf047f2d418ae43c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f2af093c28b4260" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0101d8120a64d31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeb3008614de4615"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcfa8226b23b43a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0101d8120a64d31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0ba650b35d74ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeb3008614de4615" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>215,196</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>