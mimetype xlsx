--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f2af093c28b4260" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd58fbbcd43ae44af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeb3008614de4615"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0bcef3819bb4b40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0ba650b35d74ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeb3008614de4615" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0c5c9265ab84dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0bcef3819bb4b40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,528</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,576</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>