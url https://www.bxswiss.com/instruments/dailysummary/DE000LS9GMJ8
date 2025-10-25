--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2310af39a7634f14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R753d29ecaa2f4907" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb2f7fda84474ed0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe65703a6506416a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13dbc48ed4834f92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb2f7fda84474ed0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R500f4b30ac37417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe65703a6506416a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Business International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,843</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>