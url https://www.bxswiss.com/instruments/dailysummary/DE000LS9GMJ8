--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R753d29ecaa2f4907" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra69d08eb12ca4cb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe65703a6506416a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R167823ee834d4130"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R500f4b30ac37417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe65703a6506416a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5662046479024d7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R167823ee834d4130" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Business International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>274,727</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,612</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...424 lines deleted...]
-          <x:t>278,843</x:t>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>