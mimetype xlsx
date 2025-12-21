--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra69d08eb12ca4cb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3ecadca2946416e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R167823ee834d4130"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9fdf256536b43af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5662046479024d7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R167823ee834d4130" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a11ae8694e84c96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9fdf256536b43af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Business International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>265,515</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,738</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>