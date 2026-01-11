--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3ecadca2946416e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R896775072dd74be8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9fdf256536b43af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra669bc6b9a974c48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a11ae8694e84c96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9fdf256536b43af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16670a1b9f184011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra669bc6b9a974c48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Business International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>278,649</x:t>
-[...252 lines deleted...]
-          <x:t>274,738</x:t>
+          <x:t>280,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>