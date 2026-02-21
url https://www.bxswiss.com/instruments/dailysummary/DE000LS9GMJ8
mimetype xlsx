--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R896775072dd74be8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e3aed5d882441f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra669bc6b9a974c48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0e83c92fe7d478f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16670a1b9f184011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra669bc6b9a974c48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56cf55bdf7a8424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0e83c92fe7d478f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Business International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>282,834</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>