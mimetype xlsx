--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e3aed5d882441f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35b8abcea772457e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0e83c92fe7d478f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57453414d9bc4691"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56cf55bdf7a8424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0e83c92fe7d478f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66c7fc248f3b4842" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57453414d9bc4691" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Business International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,981</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>