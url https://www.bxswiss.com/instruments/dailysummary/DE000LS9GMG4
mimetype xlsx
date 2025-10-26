--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76f00bb949f44a0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R197de7af3fb04eef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e5be22e9605483b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb751c25b9c084263"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36d992d1b5644aa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e5be22e9605483b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb4469c9e15a4b5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb751c25b9c084263" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wille's Wachstum Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>