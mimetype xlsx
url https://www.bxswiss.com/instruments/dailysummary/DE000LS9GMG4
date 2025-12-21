--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R197de7af3fb04eef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R304fe8cfb9054374" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb751c25b9c084263"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra70770c872834fd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb4469c9e15a4b5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb751c25b9c084263" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa4604eb5a7c4b04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra70770c872834fd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wille's Wachstum Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>93,093</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,099</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>