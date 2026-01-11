--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R304fe8cfb9054374" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R645bfbb2157f4bfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra70770c872834fd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6f6bc694a7943e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa4604eb5a7c4b04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra70770c872834fd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0954b0f7e874ed6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6f6bc694a7943e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wille's Wachstum Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,038</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>