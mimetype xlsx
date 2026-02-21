--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R645bfbb2157f4bfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44bbea09eed347be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6f6bc694a7943e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raec598d5e04c4c07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0954b0f7e874ed6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6f6bc694a7943e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91918dd854424d9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raec598d5e04c4c07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wille's Wachstum Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>91,591</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,719</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>