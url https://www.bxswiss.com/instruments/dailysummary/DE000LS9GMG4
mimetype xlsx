--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44bbea09eed347be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8e2745aca0b4763" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raec598d5e04c4c07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R063ccef4b05f486b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91918dd854424d9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raec598d5e04c4c07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde0e33c707ae4530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R063ccef4b05f486b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wille's Wachstum Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,365</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>