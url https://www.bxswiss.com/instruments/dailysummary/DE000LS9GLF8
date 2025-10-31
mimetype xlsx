--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R463dd5a4e1c54457" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R772c65fa605a4737" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8c978a3c81541c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R829c28f7110b4a7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35819e336dc14e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8c978a3c81541c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc647d3ffc8c14905" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R829c28f7110b4a7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing Only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GLF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>214,036</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,872</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>210,643</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,128</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>