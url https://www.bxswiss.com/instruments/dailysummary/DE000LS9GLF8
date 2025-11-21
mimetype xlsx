--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R772c65fa605a4737" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08b18a167e014a15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R829c28f7110b4a7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ce48452d6e04f76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc647d3ffc8c14905" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R829c28f7110b4a7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R556b41e03e244e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ce48452d6e04f76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing Only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GLF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>213,912</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>212,653</x:t>
-[...377 lines deleted...]
-          <x:t>209,128</x:t>
+          <x:t>210,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>