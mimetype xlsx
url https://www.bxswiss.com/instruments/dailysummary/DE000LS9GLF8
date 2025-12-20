--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08b18a167e014a15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc9efc0649db44b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ce48452d6e04f76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R680e8dd99db847b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R556b41e03e244e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ce48452d6e04f76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0308e129fff145f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R680e8dd99db847b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing Only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GLF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...554 lines deleted...]
-          <x:t>212,464</x:t>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,090</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...37 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,354</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>