--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc9efc0649db44b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d1a4c9df8ec488a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R680e8dd99db847b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49e7331ab2d34cfd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0308e129fff145f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R680e8dd99db847b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec84622f0a884602" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49e7331ab2d34cfd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing Only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GLF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>214,506</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>213,610</x:t>
-[...571 lines deleted...]
-          <x:t>219,024</x:t>
+          <x:t>213,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,639</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>