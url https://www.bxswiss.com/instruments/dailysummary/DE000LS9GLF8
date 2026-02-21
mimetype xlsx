--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d1a4c9df8ec488a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e51f2c3fdb24999" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49e7331ab2d34cfd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4a93a0a163a4313"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec84622f0a884602" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49e7331ab2d34cfd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44e0d7743beb4db9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4a93a0a163a4313" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing Only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GLF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>219,280</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,557</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>218,639</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,446</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>