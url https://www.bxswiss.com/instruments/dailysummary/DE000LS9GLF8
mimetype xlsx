--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e51f2c3fdb24999" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cfc7018e2cb4646" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4a93a0a163a4313"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3c8ff9b58bf4ca5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44e0d7743beb4db9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4a93a0a163a4313" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60b698933f3d4e48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3c8ff9b58bf4ca5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing Only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GLF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,156</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>