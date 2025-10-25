--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32bf5318490d448c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd668ea32b96e4d61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R049f282b15984d5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc984a99cca64e01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4240bdadf234ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R049f282b15984d5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R042709dd5dbf4eb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc984a99cca64e01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Übernahmefantasie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GLE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,541</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,068</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>