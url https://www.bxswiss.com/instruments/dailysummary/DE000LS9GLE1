--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd668ea32b96e4d61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d9d3194743d4c7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc984a99cca64e01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb041c355572247e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R042709dd5dbf4eb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc984a99cca64e01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06a7e71aa0884c20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb041c355572247e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Übernahmefantasie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GLE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>164,068</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,082</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>