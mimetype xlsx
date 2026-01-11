--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d9d3194743d4c7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R182d9d14b30d4d15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb041c355572247e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92a36fb3422646d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06a7e71aa0884c20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb041c355572247e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf00943e36a124486" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92a36fb3422646d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Übernahmefantasie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GLE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,123</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,769</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>