--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R182d9d14b30d4d15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ebc54f8cb534869" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92a36fb3422646d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4a60d765cb343e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf00943e36a124486" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92a36fb3422646d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5693729c52c94260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4a60d765cb343e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Übernahmefantasie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GLE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>