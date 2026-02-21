--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ebc54f8cb534869" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ff8ae5dc54844e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4a60d765cb343e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f923ca7931846e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5693729c52c94260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4a60d765cb343e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R585cb5df05444bbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f923ca7931846e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Übernahmefantasie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GLE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>164,769</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>