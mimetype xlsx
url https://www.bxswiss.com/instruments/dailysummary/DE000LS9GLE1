--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ff8ae5dc54844e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3068bc9ee6a4f4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f923ca7931846e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce77b40af17e4ef0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R585cb5df05444bbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f923ca7931846e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80bcc6f11f08416b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce77b40af17e4ef0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Übernahmefantasie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GLE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...382 lines deleted...]
-          <x:t>165,447</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,823</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>166,652</x:t>
-[...242 lines deleted...]
-          <x:t>164,657</x:t>
+          <x:t>165,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>