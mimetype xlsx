--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73ea63476bab4787" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb86eb0d30f1b4e2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d5dbf5edeb44a80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc809b85fa4ac4b61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98ddb47f3e474baf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d5dbf5edeb44a80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaac3a3452514356" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc809b85fa4ac4b61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental one</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GLD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>782,360</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>755,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>742,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>751,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>771,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,533</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>