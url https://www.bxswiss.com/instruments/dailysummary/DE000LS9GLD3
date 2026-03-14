--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb86eb0d30f1b4e2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16d2a242743a414e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc809b85fa4ac4b61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4da710775ed4731"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaac3a3452514356" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc809b85fa4ac4b61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d61a54dddd14ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4da710775ed4731" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental one</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GLD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>730,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>731,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>718,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>723,406</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>705,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>709,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>702,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>706,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>