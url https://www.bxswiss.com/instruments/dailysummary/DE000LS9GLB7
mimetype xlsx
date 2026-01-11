--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1b4dec5e0b643da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd23c77977bf4bfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8db1dd023e6e43c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11784ff0af174a49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03f86c87a26243ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8db1dd023e6e43c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6ae3cb200634ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11784ff0af174a49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Luft nach Oben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GLB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>492,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>493,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>487,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>489,924</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>520,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>521,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>510,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>514,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>