--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd23c77977bf4bfc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd060ff19a80425a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11784ff0af174a49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raee84c76cc47481f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6ae3cb200634ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11784ff0af174a49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e876aa03ae84560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raee84c76cc47481f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Luft nach Oben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GLB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>478,191</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>