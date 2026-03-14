--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd060ff19a80425a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R171970687e764719" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raee84c76cc47481f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6454c8fcff014c3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e876aa03ae84560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raee84c76cc47481f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re22814ea621f40f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6454c8fcff014c3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Luft nach Oben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GLB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>444,263</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>452,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>443,646</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>457,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,928</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>438,787</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>435,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>428,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>435,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>