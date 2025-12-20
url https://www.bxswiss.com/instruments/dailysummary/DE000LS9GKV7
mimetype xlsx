--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R981c8cae39624628" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5a96bc1744249d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d9c6ac46ca549fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ef284b08469469c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd9664a2b3614d5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d9c6ac46ca549fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceb9f1b7d11247ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ef284b08469469c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Entertainment heute und morgen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,606 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>372,897</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,447</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>