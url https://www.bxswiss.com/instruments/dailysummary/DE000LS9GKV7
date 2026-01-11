--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5a96bc1744249d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R219232dc64aa4b62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ef284b08469469c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fdc4707d2514c4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceb9f1b7d11247ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ef284b08469469c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77fa99f31d90435a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fdc4707d2514c4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Entertainment heute und morgen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,415 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...363 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,691</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -724,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>362,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>362,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,127</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>