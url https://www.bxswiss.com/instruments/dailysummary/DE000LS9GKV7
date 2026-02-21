--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R219232dc64aa4b62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a594a8336ce4e48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fdc4707d2514c4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re66a0e5104db4c74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77fa99f31d90435a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fdc4707d2514c4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R428224b649324d61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re66a0e5104db4c74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Entertainment heute und morgen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>373,127</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>