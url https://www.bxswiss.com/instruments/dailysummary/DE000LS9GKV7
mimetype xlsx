--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a594a8336ce4e48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb77c945e0f504ee8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re66a0e5104db4c74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bccc2cbc50543ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R428224b649324d61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re66a0e5104db4c74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R986eb90306954bb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bccc2cbc50543ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Entertainment heute und morgen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,783</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>