--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R142d2f2d7d824c21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd13be97bb5904834" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R960091ffdfe74788"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R103d109349044fd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bbb4eb51cee46d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R960091ffdfe74788" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd79affeba8c46c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R103d109349044fd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstums Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>194,666</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>194,259</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>194,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,043</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>