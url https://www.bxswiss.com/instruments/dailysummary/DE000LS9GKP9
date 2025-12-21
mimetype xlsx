--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd13be97bb5904834" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R184a3279fc044dbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R103d109349044fd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16dfd0b38c424401"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd79affeba8c46c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R103d109349044fd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcec3539832844b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16dfd0b38c424401" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstums Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,434</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,262</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>