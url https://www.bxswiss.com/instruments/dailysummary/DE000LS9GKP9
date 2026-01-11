--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R184a3279fc044dbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc385b6c72f27491f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16dfd0b38c424401"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8e0f884fb644206"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcec3539832844b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16dfd0b38c424401" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5674e5fd0fc44c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8e0f884fb644206" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstums Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>191,219</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>190,918</x:t>
-[...269 lines deleted...]
-          <x:t>191,262</x:t>
+          <x:t>191,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>