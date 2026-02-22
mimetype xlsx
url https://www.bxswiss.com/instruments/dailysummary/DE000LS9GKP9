--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc385b6c72f27491f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc438f382733e490e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8e0f884fb644206"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67cc7853aab445cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5674e5fd0fc44c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8e0f884fb644206" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc31ca6e7825c4ea4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67cc7853aab445cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstums Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>190,963</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,512</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>