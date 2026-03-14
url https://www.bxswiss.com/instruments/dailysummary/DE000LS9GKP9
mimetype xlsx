--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc438f382733e490e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53a048f0f0f54399" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67cc7853aab445cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35db475e9c32421c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc31ca6e7825c4ea4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67cc7853aab445cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a853c68f4fb4c86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35db475e9c32421c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstums Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,773</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>