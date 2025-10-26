--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd316e210641d4c06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba44393d83e84a17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ccf0177b9684c21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R250d9c3e45884392"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19691ee01fd54dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ccf0177b9684c21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ab5ef05736845cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R250d9c3e45884392" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT-Security</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,411</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,836</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>