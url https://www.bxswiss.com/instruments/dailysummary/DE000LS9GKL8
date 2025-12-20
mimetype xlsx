--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba44393d83e84a17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb779e39e9ddf40c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R250d9c3e45884392"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75481381cea04fe8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ab5ef05736845cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R250d9c3e45884392" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2728add387cd4787" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75481381cea04fe8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT-Security</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>301,836</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>