--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb779e39e9ddf40c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9392c5a6e844bc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75481381cea04fe8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refa4da7629c94f2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2728add387cd4787" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75481381cea04fe8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd79b1d2325742a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refa4da7629c94f2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT-Security</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,775</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>