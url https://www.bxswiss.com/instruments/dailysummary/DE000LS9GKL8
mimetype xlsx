--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9392c5a6e844bc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R952e5b43476745bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refa4da7629c94f2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1221302eacd64365"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd79b1d2325742a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refa4da7629c94f2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recb7d6cf89054f87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1221302eacd64365" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT-Security</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>284,740</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>