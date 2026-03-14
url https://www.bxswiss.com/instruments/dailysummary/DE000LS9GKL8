--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R952e5b43476745bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redc9cf4cd4574097" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1221302eacd64365"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf05b4c3348c0460d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recb7d6cf89054f87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1221302eacd64365" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50818a1467b144d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf05b4c3348c0460d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT-Security</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,763</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>