--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re33baea54cd74c24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5805a6576e8e4b42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00a0354e607a48eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb8dfa048768427a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09b8d3efb0094401" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00a0354e607a48eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d46f4f197ac4dee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb8dfa048768427a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Chances</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>637,413</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>