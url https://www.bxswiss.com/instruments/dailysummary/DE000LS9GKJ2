--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5805a6576e8e4b42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b386ca853424fec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb8dfa048768427a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd767e080b48d4774"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d46f4f197ac4dee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb8dfa048768427a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e1f3879e7624ab1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd767e080b48d4774" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Chances</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>590,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>597,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>589,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>593,950</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>581,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>583,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>574,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>579,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,102</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>