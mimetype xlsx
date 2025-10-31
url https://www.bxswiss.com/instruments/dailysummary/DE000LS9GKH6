--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdae67a242c244ab2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9b3571ef2094125" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ff83cdce9b34b06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ed01cba8178455e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea458fa33fd84e26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ff83cdce9b34b06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdb490286e214ac6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ed01cba8178455e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top50Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>181,944</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>180,266</x:t>
-[...269 lines deleted...]
-          <x:t>178,350</x:t>
+          <x:t>181,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,954</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...73 lines deleted...]
-          <x:t>182,073</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>