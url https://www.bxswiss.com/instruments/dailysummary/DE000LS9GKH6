--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9b3571ef2094125" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68d7ddca409743e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ed01cba8178455e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc12f1fc05d6b4dc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdb490286e214ac6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ed01cba8178455e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5aa79bc3c0264caa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc12f1fc05d6b4dc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top50Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>182,354</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>181,293</x:t>
-[...544 lines deleted...]
-          <x:t>178,660</x:t>
+          <x:t>184,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>