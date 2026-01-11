--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68d7ddca409743e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31fbb34f3cff4c21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc12f1fc05d6b4dc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff832fd9cd88468d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5aa79bc3c0264caa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc12f1fc05d6b4dc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R012045f06e0f4cd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff832fd9cd88468d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top50Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,577</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>