--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31fbb34f3cff4c21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R676df6a3692e4b30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff832fd9cd88468d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ac7a6cac4174897"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R012045f06e0f4cd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff832fd9cd88468d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9d3f9ffac4541cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ac7a6cac4174897" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top50Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>192,394</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>