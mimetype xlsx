--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b2badeea3254e1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e828ccb87244baa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6810329cadf4ccc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd2df8ebed1f4e84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf7752803dbf4050" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6810329cadf4ccc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd41ac6e1ac5a4c89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd2df8ebed1f4e84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>cocabuffys investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>42,251</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,115</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...116 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,019</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,182</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>