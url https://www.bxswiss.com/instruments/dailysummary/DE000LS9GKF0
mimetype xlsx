--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e828ccb87244baa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2576fc1d7404b1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd2df8ebed1f4e84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18eca83f5cdd4659"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd41ac6e1ac5a4c89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd2df8ebed1f4e84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcab14bd431604acb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18eca83f5cdd4659" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>cocabuffys investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>41,182</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>