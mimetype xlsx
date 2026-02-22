--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2576fc1d7404b1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda72b50029194844" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18eca83f5cdd4659"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc08e05f7aa994925"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcab14bd431604acb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18eca83f5cdd4659" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9627a4240d63417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc08e05f7aa994925" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>cocabuffys investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>34,855</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,079</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>