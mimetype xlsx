--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0df31e41915545e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27221fa2c0b74602" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4ff83c762184e73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf68b8eb1def0465c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bf1553238614ff4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4ff83c762184e73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1991e6d1ae284ed9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf68b8eb1def0465c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marathonfolio Long Term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,237</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,852</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>