--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27221fa2c0b74602" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24415c23f44e4fca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf68b8eb1def0465c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4b86134329a414e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1991e6d1ae284ed9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf68b8eb1def0465c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R319e92c1eecc4570" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4b86134329a414e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marathonfolio Long Term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>279,852</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>