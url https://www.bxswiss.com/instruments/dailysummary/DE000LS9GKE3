--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24415c23f44e4fca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dcfe0a8164f484f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4b86134329a414e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R833888b8d81c4605"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R319e92c1eecc4570" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4b86134329a414e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ccbe6fda620412e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R833888b8d81c4605" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marathonfolio Long Term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,526</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,246</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>