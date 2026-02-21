--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dcfe0a8164f484f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R180d5a97af8944a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R833888b8d81c4605"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb257fb1562f4b82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ccbe6fda620412e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R833888b8d81c4605" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6529945cf044d2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb257fb1562f4b82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marathonfolio Long Term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>278,246</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>