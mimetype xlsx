--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R180d5a97af8944a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re090242f640c4bb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb257fb1562f4b82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab5c8d7e51b14177"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6529945cf044d2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb257fb1562f4b82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R302a4218b6d14dee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab5c8d7e51b14177" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marathonfolio Long Term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,344</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>