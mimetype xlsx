--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7298cef854b94a75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8285e9d4b3ac4a42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08221c6916b14836"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R525375364ed14f9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5719abe314ba450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08221c6916b14836" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c3478d8c5b24537" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R525375364ed14f9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Greenblatt Value Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,328 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...276 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -664,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>