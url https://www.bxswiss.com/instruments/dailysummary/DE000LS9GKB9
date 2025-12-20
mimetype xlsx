--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8285e9d4b3ac4a42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c71cd1cf6064902" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R525375364ed14f9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd860d5c311a04e0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c3478d8c5b24537" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R525375364ed14f9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re41c7aecb83c4acd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd860d5c311a04e0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Greenblatt Value Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>285,971</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,104</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>