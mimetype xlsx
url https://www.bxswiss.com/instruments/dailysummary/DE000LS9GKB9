--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c71cd1cf6064902" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ea286eca9084f7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd860d5c311a04e0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8d497d31677462a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re41c7aecb83c4acd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd860d5c311a04e0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R653ec77d9aae44c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8d497d31677462a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Greenblatt Value Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,369</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>