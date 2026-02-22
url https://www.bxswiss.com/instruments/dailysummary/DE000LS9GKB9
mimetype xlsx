--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ea286eca9084f7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc81b627199d44fe1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8d497d31677462a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66ab18e860e140ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R653ec77d9aae44c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8d497d31677462a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7bf1c5b64d94695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66ab18e860e140ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Greenblatt Value Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>301,054</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>