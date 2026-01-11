--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf7a082679bd459c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R660fe072de254df9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75bbc5ff74864ea3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83114b776381407d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R333379264b3d4e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75bbc5ff74864ea3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69e1e3ff195a4fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83114b776381407d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internet der Dinge (IoT)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>