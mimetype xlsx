--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R660fe072de254df9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32f21ff80f0b49bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83114b776381407d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fed3b60fa4144f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69e1e3ff195a4fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83114b776381407d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16a43d894f27479a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fed3b60fa4144f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internet der Dinge (IoT)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...338 lines deleted...]
-          <x:t>250,778</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,125</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>255,470</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,303</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>