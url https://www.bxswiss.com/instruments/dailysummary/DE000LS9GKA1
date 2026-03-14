--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32f21ff80f0b49bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf560fbee65914ed9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fed3b60fa4144f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5b479603e4a4a88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16a43d894f27479a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fed3b60fa4144f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62226c5bbc7a4746" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5b479603e4a4a88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internet der Dinge (IoT)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,482</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>